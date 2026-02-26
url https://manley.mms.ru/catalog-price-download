--- v0 (2025-10-31)
+++ v1 (2026-02-26)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$A$4:$G$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>Прайс-лист на 31.10.2025</t>
+    <t>Прайс-лист на 26.02.2026</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Псевдоним</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Текущая цена</t>
   </si>
   <si>
     <t>Ссылка на продукт</t>
   </si>
   <si>
     <t>ExtId</t>
   </si>
   <si>
     <t>HI-FI</t>
   </si>
@@ -717,120 +717,120 @@
       <c r="D7" s="5">
         <v>0</v>
       </c>
       <c r="E7" s="5">
         <v>0</v>
       </c>
       <c r="F7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="5"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D8" s="5">
         <v>2</v>
       </c>
       <c r="E8" s="5">
-        <v>1713808</v>
+        <v>1092000</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="5">
         <v>1</v>
       </c>
       <c r="E9" s="5">
-        <v>1007707</v>
+        <v>637000</v>
       </c>
       <c r="F9" s="5" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D10" s="5">
         <v>0</v>
       </c>
       <c r="E10" s="5">
         <v>705092</v>
       </c>
       <c r="F10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D11" s="5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E11" s="5">
-        <v>2319038</v>
+        <v>1287000</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>13</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="7"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>32</v>
@@ -843,164 +843,164 @@
       </c>
       <c r="E13" s="5">
         <v>799990</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="5">
         <v>0</v>
       </c>
       <c r="E14" s="5">
-        <v>2319038</v>
+        <v>1222000</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="5">
         <v>4</v>
       </c>
       <c r="E15" s="5">
-        <v>1411194</v>
+        <v>832000</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="5" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="5">
         <v>0</v>
       </c>
       <c r="E16" s="5">
         <v>0</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="5"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="5">
         <v>4</v>
       </c>
       <c r="E17" s="5">
-        <v>4336470</v>
+        <v>2587000</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>49</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>50</v>
       </c>
       <c r="D18" s="5">
         <v>0</v>
       </c>
       <c r="E18" s="5">
-        <v>1713808</v>
+        <v>1092000</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="5">
         <v>10</v>
       </c>
       <c r="E19" s="5">
-        <v>3832112</v>
+        <v>2327000</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="5" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A4:G4"/>
   <hyperlinks>
     <hyperlink ref="F7" r:id="rId_hyperlink_1"/>
     <hyperlink ref="F8" r:id="rId_hyperlink_2"/>
     <hyperlink ref="F9" r:id="rId_hyperlink_3"/>
     <hyperlink ref="F10" r:id="rId_hyperlink_4"/>
     <hyperlink ref="F11" r:id="rId_hyperlink_5"/>
     <hyperlink ref="F13" r:id="rId_hyperlink_6"/>
     <hyperlink ref="F14" r:id="rId_hyperlink_7"/>
     <hyperlink ref="F15" r:id="rId_hyperlink_8"/>
     <hyperlink ref="F16" r:id="rId_hyperlink_9"/>
     <hyperlink ref="F17" r:id="rId_hyperlink_10"/>
     <hyperlink ref="F18" r:id="rId_hyperlink_11"/>
     <hyperlink ref="F19" r:id="rId_hyperlink_12"/>
   </hyperlinks>
@@ -1031,32 +1031,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MANLEY.MMS.RU Price Generator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>manley.mms.ru catalog price 31.10.2025</dc:title>
+  <dc:title>manley.mms.ru catalog price 26.02.2026</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>